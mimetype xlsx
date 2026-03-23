--- v0 (2025-10-08)
+++ v1 (2026-03-23)
@@ -1,610 +1,1663 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24701"/>
-  <workbookPr defaultThemeVersion="166925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <workbookPr codeName="ThisWorkbook" defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="S:\1 GARRETT\WIP\ARCHIVE\Automated Remittance Reports\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="S:\2 FORMS\Remittance Reports\Automated Remittance (Excel)\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9E076CA9-28BE-49CC-A092-8866AB80C601}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{466369E4-8813-4784-B97D-625993AE0E9B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="1284" yWindow="1392" windowWidth="17280" windowHeight="8880" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
+    <sheet name="POAB-OG" sheetId="1" r:id="rId1"/>
+    <sheet name="REF" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
+  <definedNames>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'POAB-OG'!$A$1:$I$42</definedName>
+  </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="G22" i="1" l="1"/>
-[...6 lines deleted...]
-  <c r="C22" i="1"/>
+  <c r="H19" i="1" l="1"/>
+  <c r="H15" i="1"/>
+  <c r="H16" i="1"/>
+  <c r="H14" i="1"/>
+  <c r="D20" i="1"/>
+  <c r="H20" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="38">
-[...11 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="197" uniqueCount="194">
   <si>
     <t>Total $</t>
   </si>
   <si>
     <t>$4.01 through $25.00</t>
   </si>
   <si>
     <t>$25.01 through $50.00</t>
   </si>
   <si>
     <t>$50.01 through $100.00</t>
   </si>
   <si>
     <t>$100.01 and over</t>
   </si>
   <si>
     <t>Partial Payment</t>
   </si>
   <si>
-    <t>5% of each case</t>
-[...13 lines deleted...]
-  <si>
     <t>Signature</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t xml:space="preserve">  (Above Dates should include first of month to end of month) </t>
-[...4 lines deleted...]
-  <si>
     <t>Griffin, GA 30224</t>
   </si>
   <si>
     <t xml:space="preserve">Grand Total  </t>
   </si>
   <si>
-    <t xml:space="preserve">               (Name of Court if a County Court on Above Line )</t>
-[...19 lines deleted...]
-  <si>
     <t xml:space="preserve">Date: </t>
   </si>
   <si>
     <t>Check #:</t>
   </si>
   <si>
-    <t xml:space="preserve">     Court No.</t>
-[...20 lines deleted...]
-    <t>Revised:  01/10/2022</t>
+    <t>Revised:  01/01/2026</t>
+  </si>
+  <si>
+    <t>1210 Greenbelt Drive</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  From:</t>
+  </si>
+  <si>
+    <t>County:</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   POAB Court #: </t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Report of Fines and/or Forfeitures for cases during the </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t>Month, Year:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t xml:space="preserve">  </t>
+    </r>
+  </si>
+  <si>
+    <t>Fax: 470-228-1120</t>
+  </si>
+  <si>
+    <t>To the best of my knowledge and belief, this is a correct amount for the period stated above which is due to the Peace Officers' Annuity and Benefit Fund of Georgia, as provided by GA Law.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">This report must be mailed with your payment to: </t>
+  </si>
+  <si>
+    <t>*** This form applies to cases with an offense / sentence date PRIOR to 7/01/2020 ***</t>
+  </si>
+  <si>
+    <t>Pre-Trial Diversion 
+Program Fee</t>
+  </si>
+  <si>
+    <t>POAB REMITTANCE REPORT - ORIGINAL</t>
+  </si>
+  <si>
+    <t>ACKNOWLEDGEMENT</t>
+  </si>
+  <si>
+    <t xml:space="preserve">To:  </t>
+  </si>
+  <si>
+    <t>Peace Officers' Annuity &amp; Benefit Fund</t>
+  </si>
+  <si>
+    <t>Peace Officers A&amp;B Fund of Georgia</t>
+  </si>
+  <si>
+    <t>Amount of Fine and/or 
+Bond Forfeiture</t>
+  </si>
+  <si>
+    <t>Number of  Cases</t>
+  </si>
+  <si>
+    <t>Amount Due per Case</t>
+  </si>
+  <si>
+    <t>Please give the number of cases in each category above.  Each remitting agent is required to keep accurate records of all cases handled so that they may be inspected or audited at any time.  For more information, please refer to O.C.G.A. § 47-17-60 on remitting timely.</t>
+  </si>
+  <si>
+    <t>County</t>
+  </si>
+  <si>
+    <t>County #</t>
+  </si>
+  <si>
+    <t>Court Name:  Superior, State, Juv. Mag. Probate or Municipality</t>
+  </si>
+  <si>
+    <t>Appling</t>
+  </si>
+  <si>
+    <t>Atkinson</t>
+  </si>
+  <si>
+    <t>Bacon</t>
+  </si>
+  <si>
+    <t>Baker</t>
+  </si>
+  <si>
+    <t>Baldwin</t>
+  </si>
+  <si>
+    <t>Banks</t>
+  </si>
+  <si>
+    <t>Barrow</t>
+  </si>
+  <si>
+    <t>Bartow</t>
+  </si>
+  <si>
+    <t>Ben Hill</t>
+  </si>
+  <si>
+    <t>Berrien</t>
+  </si>
+  <si>
+    <t>Bibb</t>
+  </si>
+  <si>
+    <t>Bleckley</t>
+  </si>
+  <si>
+    <t>Brantley</t>
+  </si>
+  <si>
+    <t>Brooks</t>
+  </si>
+  <si>
+    <t>Bryan</t>
+  </si>
+  <si>
+    <t>Bulloch</t>
+  </si>
+  <si>
+    <t>Burke</t>
+  </si>
+  <si>
+    <t>Butts</t>
+  </si>
+  <si>
+    <t>Calhoun</t>
+  </si>
+  <si>
+    <t>Camden</t>
+  </si>
+  <si>
+    <t>Candler</t>
+  </si>
+  <si>
+    <t>Carroll</t>
+  </si>
+  <si>
+    <t>Catoosa</t>
+  </si>
+  <si>
+    <t>Charlton</t>
+  </si>
+  <si>
+    <t>Chatham</t>
+  </si>
+  <si>
+    <t>Chattahoochee</t>
+  </si>
+  <si>
+    <t>Chattooga</t>
+  </si>
+  <si>
+    <t>Cherokee</t>
+  </si>
+  <si>
+    <t>Clarke</t>
+  </si>
+  <si>
+    <t>Clay</t>
+  </si>
+  <si>
+    <t>Clayton</t>
+  </si>
+  <si>
+    <t>Clinch</t>
+  </si>
+  <si>
+    <t>Cobb</t>
+  </si>
+  <si>
+    <t>Coffee</t>
+  </si>
+  <si>
+    <t>Colquitt</t>
+  </si>
+  <si>
+    <t>Columbia</t>
+  </si>
+  <si>
+    <t>Cook</t>
+  </si>
+  <si>
+    <t>Coweta</t>
+  </si>
+  <si>
+    <t>Crawford</t>
+  </si>
+  <si>
+    <t>Crisp</t>
+  </si>
+  <si>
+    <t>Dade</t>
+  </si>
+  <si>
+    <t>Dawson</t>
+  </si>
+  <si>
+    <t>Decatur</t>
+  </si>
+  <si>
+    <t>Dekalb</t>
+  </si>
+  <si>
+    <t>Dodge</t>
+  </si>
+  <si>
+    <t>Dooly</t>
+  </si>
+  <si>
+    <t>Dougherty</t>
+  </si>
+  <si>
+    <t>Douglas</t>
+  </si>
+  <si>
+    <t>Early</t>
+  </si>
+  <si>
+    <t>Echols</t>
+  </si>
+  <si>
+    <t>Effingham</t>
+  </si>
+  <si>
+    <t>Elbert</t>
+  </si>
+  <si>
+    <t>Emanuel</t>
+  </si>
+  <si>
+    <t>Evans</t>
+  </si>
+  <si>
+    <t>Fannin</t>
+  </si>
+  <si>
+    <t>Fayette</t>
+  </si>
+  <si>
+    <t>Floyd</t>
+  </si>
+  <si>
+    <t>Forsyth</t>
+  </si>
+  <si>
+    <t>Franklin</t>
+  </si>
+  <si>
+    <t>Fulton</t>
+  </si>
+  <si>
+    <t>Gilmer</t>
+  </si>
+  <si>
+    <t>Glascock</t>
+  </si>
+  <si>
+    <t>Glynn</t>
+  </si>
+  <si>
+    <t>Gordon</t>
+  </si>
+  <si>
+    <t>Grady</t>
+  </si>
+  <si>
+    <t>Greene</t>
+  </si>
+  <si>
+    <t>Gwinnett</t>
+  </si>
+  <si>
+    <t>Habersham</t>
+  </si>
+  <si>
+    <t>Hall</t>
+  </si>
+  <si>
+    <t>Hancock</t>
+  </si>
+  <si>
+    <t>Haralson</t>
+  </si>
+  <si>
+    <t>Harris</t>
+  </si>
+  <si>
+    <t>Hart</t>
+  </si>
+  <si>
+    <t>Heard</t>
+  </si>
+  <si>
+    <t>Henry</t>
+  </si>
+  <si>
+    <t>Houston</t>
+  </si>
+  <si>
+    <t>Irwin</t>
+  </si>
+  <si>
+    <t>Jackson</t>
+  </si>
+  <si>
+    <t>Jasper</t>
+  </si>
+  <si>
+    <t>Jeff Davis</t>
+  </si>
+  <si>
+    <t>Jefferson</t>
+  </si>
+  <si>
+    <t>Jenkins</t>
+  </si>
+  <si>
+    <t>Johnson</t>
+  </si>
+  <si>
+    <t>Jones</t>
+  </si>
+  <si>
+    <t>Lamar</t>
+  </si>
+  <si>
+    <t>Lanier</t>
+  </si>
+  <si>
+    <t>Laurens</t>
+  </si>
+  <si>
+    <t>Lee</t>
+  </si>
+  <si>
+    <t>Liberty</t>
+  </si>
+  <si>
+    <t>Lincoln</t>
+  </si>
+  <si>
+    <t>Long</t>
+  </si>
+  <si>
+    <t>Lowndes</t>
+  </si>
+  <si>
+    <t>Lumpkin</t>
+  </si>
+  <si>
+    <t>Macon</t>
+  </si>
+  <si>
+    <t>Madison</t>
+  </si>
+  <si>
+    <t>Marion</t>
+  </si>
+  <si>
+    <t>Mcduffie</t>
+  </si>
+  <si>
+    <t>Mcintosh</t>
+  </si>
+  <si>
+    <t>Meriwether</t>
+  </si>
+  <si>
+    <t>Miller</t>
+  </si>
+  <si>
+    <t>Mitchell</t>
+  </si>
+  <si>
+    <t>Monroe</t>
+  </si>
+  <si>
+    <t>Montgomery</t>
+  </si>
+  <si>
+    <t>Morgan</t>
+  </si>
+  <si>
+    <t>Murray</t>
+  </si>
+  <si>
+    <t>Muscogee</t>
+  </si>
+  <si>
+    <t>Newton</t>
+  </si>
+  <si>
+    <t>Oconee</t>
+  </si>
+  <si>
+    <t>Oglethorpe</t>
+  </si>
+  <si>
+    <t>Paulding</t>
+  </si>
+  <si>
+    <t>Peach</t>
+  </si>
+  <si>
+    <t>Pickens</t>
+  </si>
+  <si>
+    <t>Pierce</t>
+  </si>
+  <si>
+    <t>Pike</t>
+  </si>
+  <si>
+    <t>Polk</t>
+  </si>
+  <si>
+    <t>Pulaski</t>
+  </si>
+  <si>
+    <t>Putnam</t>
+  </si>
+  <si>
+    <t>Quitman</t>
+  </si>
+  <si>
+    <t>Rabun</t>
+  </si>
+  <si>
+    <t>Randolph</t>
+  </si>
+  <si>
+    <t>Richmond</t>
+  </si>
+  <si>
+    <t>Rockdale</t>
+  </si>
+  <si>
+    <t>Schley</t>
+  </si>
+  <si>
+    <t>Screven</t>
+  </si>
+  <si>
+    <t>Seminole</t>
+  </si>
+  <si>
+    <t>Spalding</t>
+  </si>
+  <si>
+    <t>Stephens</t>
+  </si>
+  <si>
+    <t>Stewart</t>
+  </si>
+  <si>
+    <t>Sumter</t>
+  </si>
+  <si>
+    <t>Talbot</t>
+  </si>
+  <si>
+    <t>Taliaferro</t>
+  </si>
+  <si>
+    <t>Tattnall</t>
+  </si>
+  <si>
+    <t>Taylor</t>
+  </si>
+  <si>
+    <t>Telfair</t>
+  </si>
+  <si>
+    <t>Terrell</t>
+  </si>
+  <si>
+    <t>Thomas</t>
+  </si>
+  <si>
+    <t>Tift</t>
+  </si>
+  <si>
+    <t>Toombs</t>
+  </si>
+  <si>
+    <t>Towns</t>
+  </si>
+  <si>
+    <t>Treutlen</t>
+  </si>
+  <si>
+    <t>Troup</t>
+  </si>
+  <si>
+    <t>Turner</t>
+  </si>
+  <si>
+    <t>Twiggs</t>
+  </si>
+  <si>
+    <t>Union</t>
+  </si>
+  <si>
+    <t>Upson</t>
+  </si>
+  <si>
+    <t>Walker</t>
+  </si>
+  <si>
+    <t>Walton</t>
+  </si>
+  <si>
+    <t>Ware</t>
+  </si>
+  <si>
+    <t>Warren</t>
+  </si>
+  <si>
+    <t>Washington</t>
+  </si>
+  <si>
+    <t>Wayne</t>
+  </si>
+  <si>
+    <t>Webster</t>
+  </si>
+  <si>
+    <t>Wheeler</t>
+  </si>
+  <si>
+    <t>White</t>
+  </si>
+  <si>
+    <t>Whitfield</t>
+  </si>
+  <si>
+    <t>Wilcox</t>
+  </si>
+  <si>
+    <t>Wilkes</t>
+  </si>
+  <si>
+    <t>Wilkinson</t>
+  </si>
+  <si>
+    <t>Worth</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="2">
+  <numFmts count="3">
     <numFmt numFmtId="8" formatCode="&quot;$&quot;#,##0.00_);[Red]\(&quot;$&quot;#,##0.00\)"/>
-    <numFmt numFmtId="167" formatCode="[$-409]mmmm\ d\,\ yyyy;@"/>
+    <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0.00"/>
+    <numFmt numFmtId="165" formatCode="mmmm\ yyyy"/>
   </numFmts>
-  <fonts count="15" x14ac:knownFonts="1">
+  <fonts count="21" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
-    </font>
-[...5 lines deleted...]
-      <family val="1"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
-      <sz val="9"/>
-[...5 lines deleted...]
-    <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
-      <sz val="10"/>
+      <sz val="9"/>
       <color theme="1"/>
-      <name val="Calibri"/>
-[...8 lines deleted...]
-      <scheme val="minor"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
     </font>
     <font>
       <b/>
-      <sz val="10"/>
+      <u/>
+      <sz val="12"/>
       <color theme="1"/>
-      <name val="Calibri"/>
-[...1 lines deleted...]
-      <scheme val="minor"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <b/>
-      <sz val="9"/>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <b/>
-      <sz val="9"/>
+      <i/>
+      <sz val="12"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
+      <sz val="11"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <b/>
+      <u/>
+      <sz val="14"/>
+      <color theme="1"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <b/>
       <u/>
       <sz val="11"/>
       <color theme="1"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <i/>
+      <sz val="8"/>
+      <color theme="1"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
   </fonts>
-  <fills count="3">
+  <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0" tint="-4.9989318521683403E-2"/>
+        <fgColor theme="2" tint="-0.749992370372631"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FF5B9BD5"/>
+        <bgColor rgb="FF5B9BD5"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFDDEBF7"/>
+        <bgColor rgb="FFDDEBF7"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="5">
+  <borders count="32">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color theme="4"/>
+      </top>
+      <bottom style="double">
+        <color theme="4"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
       <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
-      <bottom style="thin">
+      <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
-      <bottom style="thin">
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="double">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="double">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="double">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="double">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="double">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
       <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
       <bottom style="thin">
         <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF9BC2E6"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color rgb="FF9BC2E6"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF9BC2E6"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color rgb="FF9BC2E6"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF9BC2E6"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF9BC2E6"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color rgb="FF9BC2E6"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF9BC2E6"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="1">
+  <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="51">
+  <cellXfs count="102">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="8" fontId="6" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...88 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="18" fillId="3" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="3" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="4" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="4" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="167" fontId="2" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="165" fontId="7" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="8" fontId="4" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="10" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="10" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="16" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="17" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="18" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="15" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="7" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="1" fontId="7" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="10" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="10" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="10" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="10" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="4" fontId="7" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="8" fontId="4" fillId="0" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="18" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="0" borderId="16" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="0" borderId="19" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...4 lines deleted...]
-      <protection locked="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="10" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="10" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="8" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="2" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
-  <cellStyles count="1">
+  <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
+    <cellStyle name="Total" xfId="1" builtinId="25"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -666,51 +1719,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -808,753 +1861,2034 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:K46"/>
+  <sheetPr codeName="Sheet1"/>
+  <dimension ref="A1:S43"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageBreakPreview" zoomScale="90" zoomScaleNormal="100" zoomScaleSheetLayoutView="90" workbookViewId="0">
-      <selection activeCell="B30" activeCellId="7" sqref="F2:J2 G5:J6 A10:D10 C16:D21 G19:I20 E28:I28 E30:I30 B30:C30"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="G4" sqref="G4:I4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="13.8" zeroHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="2" width="9.140625" style="2"/>
-[...4 lines deleted...]
-    <col min="10" max="16384" width="9.140625" style="2"/>
+    <col min="1" max="1" width="3.88671875" style="1" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="8.21875" style="1" customWidth="1"/>
+    <col min="3" max="3" width="11.5546875" style="1" customWidth="1"/>
+    <col min="4" max="9" width="12.77734375" style="1" customWidth="1"/>
+    <col min="10" max="10" width="9.109375" style="1" customWidth="1"/>
+    <col min="11" max="19" width="0" style="1" hidden="1" customWidth="1"/>
+    <col min="20" max="16384" width="9.109375" style="1" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="22" t="s">
+    <row r="1" spans="1:19" ht="17.399999999999999" x14ac:dyDescent="0.25">
+      <c r="A1" s="64" t="s">
+        <v>23</v>
+      </c>
+      <c r="B1" s="64"/>
+      <c r="C1" s="64"/>
+      <c r="D1" s="64"/>
+      <c r="E1" s="64"/>
+      <c r="F1" s="64"/>
+      <c r="G1" s="64"/>
+      <c r="H1" s="64"/>
+      <c r="I1" s="64"/>
+    </row>
+    <row r="2" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="16"/>
+      <c r="B2" s="16"/>
+      <c r="C2" s="16"/>
+      <c r="D2" s="16"/>
+      <c r="E2" s="16"/>
+      <c r="F2" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="G2" s="31"/>
+      <c r="H2" s="31"/>
+      <c r="I2" s="31"/>
+      <c r="J2" s="2"/>
+      <c r="K2" s="2"/>
+      <c r="L2" s="2"/>
+      <c r="M2" s="2"/>
+    </row>
+    <row r="3" spans="1:19" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A3" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="B3" s="17" t="s">
+        <v>26</v>
+      </c>
+      <c r="C3" s="5"/>
+      <c r="D3" s="5"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="36" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" s="36"/>
+      <c r="H3" s="36"/>
+      <c r="I3" s="36"/>
+      <c r="J3" s="2"/>
+      <c r="K3" s="2"/>
+      <c r="L3" s="2"/>
+      <c r="M3" s="2"/>
+      <c r="N3" s="3"/>
+    </row>
+    <row r="4" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="B4" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="C4" s="5"/>
+      <c r="D4" s="5"/>
+      <c r="E4" s="5"/>
+      <c r="F4" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" s="39"/>
+      <c r="H4" s="39"/>
+      <c r="I4" s="39"/>
+      <c r="J4" s="5"/>
+      <c r="K4" s="5"/>
+      <c r="L4" s="5"/>
+      <c r="M4" s="5"/>
+      <c r="N4" s="6"/>
+      <c r="O4" s="6"/>
+      <c r="P4" s="6"/>
+      <c r="Q4" s="6"/>
+      <c r="R4" s="6"/>
+      <c r="S4" s="6"/>
+    </row>
+    <row r="5" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="B5" s="17" t="s">
+        <v>8</v>
+      </c>
+      <c r="C5" s="5"/>
+      <c r="D5" s="5"/>
+      <c r="E5" s="5"/>
+      <c r="F5" s="12"/>
+      <c r="G5" s="12"/>
+      <c r="H5" s="12"/>
+      <c r="I5" s="12"/>
+      <c r="J5" s="5"/>
+      <c r="K5" s="5"/>
+      <c r="L5" s="5"/>
+      <c r="M5" s="5"/>
+      <c r="N5" s="8"/>
+      <c r="O5" s="7"/>
+      <c r="P5" s="7"/>
+      <c r="Q5" s="7"/>
+      <c r="R5" s="7"/>
+      <c r="S5" s="7"/>
+    </row>
+    <row r="6" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="B6" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="C6" s="9"/>
+      <c r="D6" s="9"/>
+      <c r="E6" s="9"/>
+      <c r="F6" s="38" t="s">
+        <v>16</v>
+      </c>
+      <c r="G6" s="38"/>
+      <c r="H6" s="31"/>
+      <c r="I6" s="31"/>
+      <c r="J6" s="5"/>
+      <c r="K6" s="5"/>
+      <c r="L6" s="5"/>
+      <c r="M6" s="5"/>
+      <c r="N6" s="7"/>
+      <c r="O6" s="7"/>
+      <c r="P6" s="7"/>
+      <c r="Q6" s="7"/>
+      <c r="R6" s="7"/>
+      <c r="S6" s="7"/>
+    </row>
+    <row r="7" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="F7" s="13"/>
+      <c r="G7" s="13"/>
+      <c r="H7" s="13"/>
+      <c r="I7" s="13"/>
+      <c r="J7" s="9"/>
+      <c r="K7" s="9"/>
+      <c r="L7" s="9"/>
+      <c r="M7" s="9"/>
+    </row>
+    <row r="8" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A8" s="38" t="s">
+        <v>17</v>
+      </c>
+      <c r="B8" s="38"/>
+      <c r="C8" s="38"/>
+      <c r="D8" s="38"/>
+      <c r="E8" s="38"/>
+      <c r="F8" s="38"/>
+      <c r="G8" s="38"/>
+      <c r="H8" s="37"/>
+      <c r="I8" s="37"/>
+    </row>
+    <row r="9" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A9" s="10"/>
+      <c r="B9" s="10"/>
+      <c r="C9" s="10"/>
+      <c r="D9" s="10"/>
+      <c r="E9" s="10"/>
+      <c r="F9" s="10"/>
+      <c r="G9" s="10"/>
+      <c r="H9" s="10"/>
+      <c r="I9" s="10"/>
+    </row>
+    <row r="10" spans="1:19" ht="24.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="86" t="s">
+        <v>21</v>
+      </c>
+      <c r="B10" s="86"/>
+      <c r="C10" s="86"/>
+      <c r="D10" s="86"/>
+      <c r="E10" s="86"/>
+      <c r="F10" s="86"/>
+      <c r="G10" s="86"/>
+      <c r="H10" s="86"/>
+      <c r="I10" s="86"/>
+      <c r="J10" s="10"/>
+      <c r="K10" s="10"/>
+      <c r="L10" s="10"/>
+      <c r="M10" s="10"/>
+      <c r="N10" s="10"/>
+      <c r="O10" s="10"/>
+      <c r="P10" s="10"/>
+      <c r="Q10" s="10"/>
+      <c r="R10" s="10"/>
+      <c r="S10" s="10"/>
+    </row>
+    <row r="11" spans="1:19" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="11"/>
+      <c r="B11" s="11"/>
+      <c r="C11" s="11"/>
+      <c r="D11" s="11"/>
+      <c r="E11" s="11"/>
+      <c r="F11" s="11"/>
+      <c r="G11" s="11"/>
+      <c r="H11" s="11"/>
+      <c r="I11" s="11"/>
+    </row>
+    <row r="12" spans="1:19" ht="16.2" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="44" t="s">
+        <v>28</v>
+      </c>
+      <c r="B12" s="45"/>
+      <c r="C12" s="46"/>
+      <c r="D12" s="80" t="s">
+        <v>29</v>
+      </c>
+      <c r="E12" s="80"/>
+      <c r="F12" s="82" t="s">
+        <v>30</v>
+      </c>
+      <c r="G12" s="83"/>
+      <c r="H12" s="91" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="22"/>
-[...141 lines deleted...]
-        <f>IF(A10&lt;&gt;"",EOMONTH(A10,0),"")</f>
+      <c r="I12" s="92"/>
+    </row>
+    <row r="13" spans="1:19" ht="17.399999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="47"/>
+      <c r="B13" s="48"/>
+      <c r="C13" s="49"/>
+      <c r="D13" s="81"/>
+      <c r="E13" s="81"/>
+      <c r="F13" s="84"/>
+      <c r="G13" s="85"/>
+      <c r="H13" s="93"/>
+      <c r="I13" s="94"/>
+    </row>
+    <row r="14" spans="1:19" ht="26.4" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="87" t="s">
+        <v>1</v>
+      </c>
+      <c r="B14" s="88"/>
+      <c r="C14" s="89"/>
+      <c r="D14" s="90"/>
+      <c r="E14" s="90"/>
+      <c r="F14" s="40">
+        <v>3</v>
+      </c>
+      <c r="G14" s="41"/>
+      <c r="H14" s="42" t="str">
+        <f>IF(D14&lt;&gt;"",D14*F14,"")</f>
         <v/>
       </c>
-      <c r="G10" s="39"/>
-[...51 lines deleted...]
-      <c r="C14" s="13" t="s">
+      <c r="I14" s="43"/>
+    </row>
+    <row r="15" spans="1:19" ht="26.4" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="32" t="s">
         <v>2</v>
       </c>
-      <c r="D14" s="13"/>
-      <c r="E14" s="14" t="s">
+      <c r="B15" s="33"/>
+      <c r="C15" s="34"/>
+      <c r="D15" s="35"/>
+      <c r="E15" s="35"/>
+      <c r="F15" s="97">
+        <v>4</v>
+      </c>
+      <c r="G15" s="98"/>
+      <c r="H15" s="66" t="str">
+        <f t="shared" ref="H15:H16" si="0">IF(D15&lt;&gt;"",D15*F15,"")</f>
+        <v/>
+      </c>
+      <c r="I15" s="67"/>
+    </row>
+    <row r="16" spans="1:19" ht="26.4" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="32" t="s">
         <v>3</v>
       </c>
-      <c r="F14" s="14"/>
-[...22 lines deleted...]
-      <c r="A16" s="9" t="s">
+      <c r="B16" s="33"/>
+      <c r="C16" s="34"/>
+      <c r="D16" s="35"/>
+      <c r="E16" s="35"/>
+      <c r="F16" s="97">
         <v>5</v>
       </c>
-      <c r="B16" s="9"/>
-[...46 lines deleted...]
-      <c r="G18" s="12" t="str">
+      <c r="G16" s="98"/>
+      <c r="H16" s="66" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="H18" s="12"/>
-[...5 lines deleted...]
-      <c r="A19" s="20" t="s">
+      <c r="I16" s="67"/>
+    </row>
+    <row r="17" spans="1:9" ht="26.4" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="32" t="s">
+        <v>4</v>
+      </c>
+      <c r="B17" s="33"/>
+      <c r="C17" s="34"/>
+      <c r="D17" s="35"/>
+      <c r="E17" s="35"/>
+      <c r="F17" s="99">
+        <v>0.05</v>
+      </c>
+      <c r="G17" s="98"/>
+      <c r="H17" s="68"/>
+      <c r="I17" s="69"/>
+    </row>
+    <row r="18" spans="1:9" ht="26.4" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="32" t="s">
+        <v>5</v>
+      </c>
+      <c r="B18" s="33"/>
+      <c r="C18" s="34"/>
+      <c r="D18" s="35"/>
+      <c r="E18" s="35"/>
+      <c r="F18" s="100"/>
+      <c r="G18" s="101"/>
+      <c r="H18" s="68"/>
+      <c r="I18" s="69"/>
+    </row>
+    <row r="19" spans="1:9" s="15" customFormat="1" ht="26.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="75" t="s">
+        <v>22</v>
+      </c>
+      <c r="B19" s="76"/>
+      <c r="C19" s="77"/>
+      <c r="D19" s="78"/>
+      <c r="E19" s="79"/>
+      <c r="F19" s="70">
+        <v>5</v>
+      </c>
+      <c r="G19" s="71"/>
+      <c r="H19" s="95" t="str">
+        <f t="shared" ref="H19" si="1">IF(D19&lt;&gt;"",D19*F19,"")</f>
+        <v/>
+      </c>
+      <c r="I19" s="96"/>
+    </row>
+    <row r="20" spans="1:9" ht="23.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A20" s="55" t="s">
+        <v>9</v>
+      </c>
+      <c r="B20" s="56"/>
+      <c r="C20" s="57"/>
+      <c r="D20" s="51">
+        <f>SUM(D14:E19)</f>
+        <v>0</v>
+      </c>
+      <c r="E20" s="51"/>
+      <c r="F20" s="72"/>
+      <c r="G20" s="72"/>
+      <c r="H20" s="73">
+        <f>SUM(H14:I19)</f>
+        <v>0</v>
+      </c>
+      <c r="I20" s="74"/>
+    </row>
+    <row r="21" spans="1:9" ht="14.4" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="58"/>
+      <c r="B21" s="58"/>
+      <c r="C21" s="58"/>
+      <c r="D21" s="58"/>
+      <c r="E21" s="58"/>
+      <c r="F21" s="58"/>
+      <c r="G21" s="58"/>
+      <c r="H21" s="58"/>
+      <c r="I21" s="58"/>
+    </row>
+    <row r="22" spans="1:9" ht="16.2" x14ac:dyDescent="0.35">
+      <c r="A22" s="62" t="s">
+        <v>24</v>
+      </c>
+      <c r="B22" s="62"/>
+      <c r="C22" s="62"/>
+      <c r="D22" s="62"/>
+      <c r="E22" s="62"/>
+      <c r="F22" s="62"/>
+      <c r="G22" s="62"/>
+      <c r="H22" s="62"/>
+      <c r="I22" s="62"/>
+    </row>
+    <row r="23" spans="1:9" ht="13.8" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="65" t="s">
+        <v>19</v>
+      </c>
+      <c r="B23" s="65"/>
+      <c r="C23" s="65"/>
+      <c r="D23" s="65"/>
+      <c r="E23" s="65"/>
+      <c r="F23" s="65"/>
+      <c r="G23" s="65"/>
+      <c r="H23" s="65"/>
+      <c r="I23" s="65"/>
+    </row>
+    <row r="24" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A24" s="65"/>
+      <c r="B24" s="65"/>
+      <c r="C24" s="65"/>
+      <c r="D24" s="65"/>
+      <c r="E24" s="65"/>
+      <c r="F24" s="65"/>
+      <c r="G24" s="65"/>
+      <c r="H24" s="65"/>
+      <c r="I24" s="65"/>
+    </row>
+    <row r="25" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A25" s="53"/>
+      <c r="B25" s="53"/>
+      <c r="C25" s="53"/>
+      <c r="D25" s="53"/>
+      <c r="E25" s="53"/>
+      <c r="F25" s="53"/>
+      <c r="G25" s="53"/>
+      <c r="H25" s="53"/>
+      <c r="I25" s="53"/>
+    </row>
+    <row r="26" spans="1:9" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="63" t="s">
+        <v>10</v>
+      </c>
+      <c r="B26" s="63"/>
+      <c r="C26" s="59"/>
+      <c r="D26" s="59"/>
+      <c r="F26" s="54"/>
+      <c r="G26" s="54"/>
+      <c r="H26" s="54"/>
+      <c r="I26" s="54"/>
+    </row>
+    <row r="27" spans="1:9" ht="14.4" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="63"/>
+      <c r="B27" s="63"/>
+      <c r="F27" s="61" t="s">
+        <v>6</v>
+      </c>
+      <c r="G27" s="61"/>
+      <c r="H27" s="61"/>
+      <c r="I27" s="61"/>
+    </row>
+    <row r="28" spans="1:9" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="63" t="s">
+        <v>11</v>
+      </c>
+      <c r="B28" s="63"/>
+      <c r="C28" s="60"/>
+      <c r="D28" s="60"/>
+      <c r="F28" s="31"/>
+      <c r="G28" s="31"/>
+      <c r="H28" s="31"/>
+      <c r="I28" s="31"/>
+    </row>
+    <row r="29" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="F29" s="61" t="s">
+        <v>7</v>
+      </c>
+      <c r="G29" s="61"/>
+      <c r="H29" s="61"/>
+      <c r="I29" s="61"/>
+    </row>
+    <row r="30" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="52" t="s">
+        <v>31</v>
+      </c>
+      <c r="B30" s="52"/>
+      <c r="C30" s="52"/>
+      <c r="D30" s="52"/>
+      <c r="E30" s="52"/>
+      <c r="F30" s="52"/>
+      <c r="G30" s="52"/>
+      <c r="H30" s="52"/>
+      <c r="I30" s="52"/>
+    </row>
+    <row r="31" spans="1:9" ht="25.2" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="52"/>
+      <c r="B31" s="52"/>
+      <c r="C31" s="52"/>
+      <c r="D31" s="52"/>
+      <c r="E31" s="52"/>
+      <c r="F31" s="52"/>
+      <c r="G31" s="52"/>
+      <c r="H31" s="52"/>
+      <c r="I31" s="52"/>
+    </row>
+    <row r="32" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="52"/>
+      <c r="B32" s="52"/>
+      <c r="C32" s="52"/>
+      <c r="D32" s="52"/>
+      <c r="E32" s="52"/>
+      <c r="F32" s="52"/>
+      <c r="G32" s="52"/>
+      <c r="H32" s="52"/>
+      <c r="I32" s="52"/>
+    </row>
+    <row r="33" spans="1:9" ht="15.6" x14ac:dyDescent="0.25">
+      <c r="A33" s="20" t="s">
+        <v>20</v>
+      </c>
+      <c r="B33" s="21"/>
+      <c r="C33" s="21"/>
+      <c r="D33" s="19"/>
+      <c r="E33" s="21"/>
+      <c r="F33" s="23" t="s">
+        <v>27</v>
+      </c>
+      <c r="G33" s="19"/>
+      <c r="H33" s="19"/>
+    </row>
+    <row r="34" spans="1:9" ht="15.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="19"/>
+      <c r="B34" s="19"/>
+      <c r="C34" s="19"/>
+      <c r="D34" s="19"/>
+      <c r="E34" s="19"/>
+      <c r="F34" s="24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" s="19"/>
+      <c r="H34" s="19"/>
+      <c r="I34" s="18"/>
+    </row>
+    <row r="35" spans="1:9" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A35" s="19"/>
+      <c r="B35" s="19"/>
+      <c r="C35" s="19"/>
+      <c r="D35" s="19"/>
+      <c r="E35" s="19"/>
+      <c r="F35" s="24" t="s">
         <v>8</v>
       </c>
-      <c r="B19" s="20"/>
-[...2 lines deleted...]
-      <c r="E19" s="21" t="s">
+      <c r="G35" s="19"/>
+      <c r="H35" s="19"/>
+      <c r="I35" s="18"/>
+    </row>
+    <row r="36" spans="1:9" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A36" s="19"/>
+      <c r="B36" s="22"/>
+      <c r="C36" s="22"/>
+      <c r="D36" s="22"/>
+      <c r="E36" s="22"/>
+      <c r="F36" s="24" t="s">
+        <v>18</v>
+      </c>
+      <c r="G36" s="19"/>
+      <c r="H36" s="19"/>
+      <c r="I36" s="18"/>
+    </row>
+    <row r="37" spans="1:9" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A37" s="19"/>
+      <c r="B37" s="19"/>
+      <c r="C37" s="19"/>
+      <c r="D37" s="19"/>
+      <c r="E37" s="19"/>
+      <c r="F37" s="19"/>
+      <c r="G37" s="19"/>
+      <c r="H37" s="19"/>
+      <c r="I37" s="18"/>
+    </row>
+    <row r="38" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
+      <c r="B38" s="19"/>
+      <c r="C38" s="19"/>
+      <c r="D38" s="19"/>
+      <c r="E38" s="19"/>
+      <c r="F38" s="19"/>
+      <c r="G38" s="19"/>
+      <c r="H38" s="19"/>
+    </row>
+    <row r="42" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="22" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="43" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="50"/>
+      <c r="B43" s="50"/>
+      <c r="C43" s="50"/>
+      <c r="D43" s="50"/>
+      <c r="E43" s="50"/>
+      <c r="F43" s="50"/>
+    </row>
+  </sheetData>
+  <sheetProtection algorithmName="SHA-512" hashValue="0WzGzFXnx1123JA4IB1328YmV8tgfnZb/v3STTxQm9Ff+/Z1LeNaI4zAZ3ppSVK0mYuve/EisQwo6XSJx7TODg==" saltValue="jRVnzAD6KXep7h75Zbvt+Q==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
+  <mergeCells count="56">
+    <mergeCell ref="A14:C14"/>
+    <mergeCell ref="D14:E14"/>
+    <mergeCell ref="A26:B26"/>
+    <mergeCell ref="A27:B27"/>
+    <mergeCell ref="H12:I13"/>
+    <mergeCell ref="H19:I19"/>
+    <mergeCell ref="F15:G15"/>
+    <mergeCell ref="F16:G16"/>
+    <mergeCell ref="F17:G17"/>
+    <mergeCell ref="F18:G18"/>
+    <mergeCell ref="A1:I1"/>
+    <mergeCell ref="A8:G8"/>
+    <mergeCell ref="A23:I24"/>
+    <mergeCell ref="H15:I15"/>
+    <mergeCell ref="H16:I16"/>
+    <mergeCell ref="H17:I17"/>
+    <mergeCell ref="H18:I18"/>
+    <mergeCell ref="H6:I6"/>
+    <mergeCell ref="F19:G19"/>
+    <mergeCell ref="F20:G20"/>
+    <mergeCell ref="H20:I20"/>
+    <mergeCell ref="A19:C19"/>
+    <mergeCell ref="D19:E19"/>
+    <mergeCell ref="D12:E13"/>
+    <mergeCell ref="F12:G13"/>
+    <mergeCell ref="A10:I10"/>
+    <mergeCell ref="A43:F43"/>
+    <mergeCell ref="D20:E20"/>
+    <mergeCell ref="F28:I28"/>
+    <mergeCell ref="A30:I32"/>
+    <mergeCell ref="A25:I25"/>
+    <mergeCell ref="F26:I26"/>
+    <mergeCell ref="A20:C20"/>
+    <mergeCell ref="A21:I21"/>
+    <mergeCell ref="C26:D26"/>
+    <mergeCell ref="C28:D28"/>
+    <mergeCell ref="F27:I27"/>
+    <mergeCell ref="F29:I29"/>
+    <mergeCell ref="A22:I22"/>
+    <mergeCell ref="A28:B28"/>
+    <mergeCell ref="G2:I2"/>
+    <mergeCell ref="A15:C15"/>
+    <mergeCell ref="A16:C16"/>
+    <mergeCell ref="A17:C17"/>
+    <mergeCell ref="A18:C18"/>
+    <mergeCell ref="D15:E15"/>
+    <mergeCell ref="D16:E16"/>
+    <mergeCell ref="D17:E17"/>
+    <mergeCell ref="D18:E18"/>
+    <mergeCell ref="F3:I3"/>
+    <mergeCell ref="H8:I8"/>
+    <mergeCell ref="F6:G6"/>
+    <mergeCell ref="G4:I4"/>
+    <mergeCell ref="F14:G14"/>
+    <mergeCell ref="H14:I14"/>
+    <mergeCell ref="A12:C13"/>
+  </mergeCells>
+  <printOptions horizontalCentered="1"/>
+  <pageMargins left="0.25" right="0.25" top="0.5" bottom="0.25" header="0.3" footer="0.3"/>
+  <pageSetup orientation="portrait" r:id="rId1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
+      <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="1">
+        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{8BF2D33E-E820-4522-91B3-B78F81B64F9F}">
+          <x14:formula1>
+            <xm:f>REF!$A$2:$A$160</xm:f>
+          </x14:formula1>
+          <xm:sqref>G4:I4</xm:sqref>
+        </x14:dataValidation>
+      </x14:dataValidations>
+    </ext>
+  </extLst>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F1203187-D25F-4D4D-BDE8-089C8D2111E3}">
+  <dimension ref="A1:B160"/>
+  <sheetViews>
+    <sheetView topLeftCell="A134" workbookViewId="0">
+      <selection activeCell="B1" sqref="B1:B1048576"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetData>
+    <row r="1" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A1" s="25" t="s">
+        <v>32</v>
+      </c>
+      <c r="B1" s="26" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="2" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A2" s="29" t="s">
+        <v>35</v>
+      </c>
+      <c r="B2" s="27">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A3" s="30" t="s">
+        <v>36</v>
+      </c>
+      <c r="B3" s="28">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="4" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A4" s="29" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" s="27">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="5" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A5" s="30" t="s">
+        <v>38</v>
+      </c>
+      <c r="B5" s="28">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="6" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A6" s="29" t="s">
+        <v>39</v>
+      </c>
+      <c r="B6" s="27">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="7" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A7" s="30" t="s">
+        <v>40</v>
+      </c>
+      <c r="B7" s="28">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="8" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A8" s="29" t="s">
+        <v>41</v>
+      </c>
+      <c r="B8" s="27">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="9" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A9" s="30" t="s">
+        <v>42</v>
+      </c>
+      <c r="B9" s="28">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="10" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A10" s="29" t="s">
+        <v>43</v>
+      </c>
+      <c r="B10" s="27">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="11" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A11" s="30" t="s">
+        <v>44</v>
+      </c>
+      <c r="B11" s="28">
         <v>10</v>
       </c>
-      <c r="F19" s="21"/>
-[...11 lines deleted...]
-      <c r="E20" s="21" t="s">
+    </row>
+    <row r="12" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A12" s="29" t="s">
+        <v>45</v>
+      </c>
+      <c r="B12" s="27">
         <v>11</v>
       </c>
-      <c r="F20" s="21"/>
-[...5 lines deleted...]
-      <c r="A21" s="16" t="s">
+    </row>
+    <row r="13" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A13" s="30" t="s">
+        <v>46</v>
+      </c>
+      <c r="B13" s="28">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="14" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A14" s="29" t="s">
+        <v>47</v>
+      </c>
+      <c r="B14" s="27">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="15" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A15" s="30" t="s">
+        <v>48</v>
+      </c>
+      <c r="B15" s="28">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="16" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A16" s="29" t="s">
+        <v>49</v>
+      </c>
+      <c r="B16" s="27">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="17" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A17" s="30" t="s">
+        <v>50</v>
+      </c>
+      <c r="B17" s="28">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="18" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A18" s="29" t="s">
+        <v>51</v>
+      </c>
+      <c r="B18" s="27">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="19" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A19" s="30" t="s">
+        <v>52</v>
+      </c>
+      <c r="B19" s="28">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="20" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A20" s="29" t="s">
+        <v>53</v>
+      </c>
+      <c r="B20" s="27">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="21" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A21" s="30" t="s">
+        <v>54</v>
+      </c>
+      <c r="B21" s="28">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="22" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A22" s="29" t="s">
+        <v>55</v>
+      </c>
+      <c r="B22" s="27">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="23" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A23" s="30" t="s">
+        <v>56</v>
+      </c>
+      <c r="B23" s="28">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="24" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A24" s="29" t="s">
+        <v>57</v>
+      </c>
+      <c r="B24" s="27">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="25" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A25" s="30" t="s">
+        <v>58</v>
+      </c>
+      <c r="B25" s="28">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="26" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A26" s="29" t="s">
+        <v>59</v>
+      </c>
+      <c r="B26" s="27">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="27" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A27" s="30" t="s">
+        <v>60</v>
+      </c>
+      <c r="B27" s="28">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="28" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A28" s="29" t="s">
+        <v>61</v>
+      </c>
+      <c r="B28" s="27">
         <v>27</v>
       </c>
-      <c r="B21" s="17"/>
-[...94 lines deleted...]
-      <c r="A28" s="2" t="s">
+    </row>
+    <row r="29" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A29" s="30" t="s">
+        <v>62</v>
+      </c>
+      <c r="B29" s="28">
         <v>28</v>
       </c>
-      <c r="B28" s="40">
-[...20 lines deleted...]
-      <c r="A30" s="2" t="s">
+    </row>
+    <row r="30" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A30" s="29" t="s">
+        <v>63</v>
+      </c>
+      <c r="B30" s="27">
         <v>29</v>
       </c>
-      <c r="B30" s="50"/>
-[...15 lines deleted...]
-    <row r="33" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    </row>
+    <row r="31" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A31" s="30" t="s">
+        <v>64</v>
+      </c>
+      <c r="B31" s="28">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="32" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A32" s="29" t="s">
+        <v>65</v>
+      </c>
+      <c r="B32" s="27">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="33" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A33" s="30" t="s">
+        <v>66</v>
+      </c>
+      <c r="B33" s="28">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="34" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A34" s="29" t="s">
+        <v>67</v>
+      </c>
+      <c r="B34" s="27">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="35" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A35" s="30" t="s">
+        <v>68</v>
+      </c>
+      <c r="B35" s="28">
         <v>34</v>
       </c>
-      <c r="B33" s="30"/>
-[...101 lines deleted...]
-      <c r="F43" s="37" t="s">
+    </row>
+    <row r="36" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A36" s="29" t="s">
+        <v>69</v>
+      </c>
+      <c r="B36" s="27">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="37" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A37" s="30" t="s">
+        <v>70</v>
+      </c>
+      <c r="B37" s="28">
         <v>36</v>
       </c>
-      <c r="G43" s="37"/>
-[...12 lines deleted...]
-      <c r="A46" s="38" t="s">
+    </row>
+    <row r="38" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A38" s="29" t="s">
+        <v>71</v>
+      </c>
+      <c r="B38" s="27">
         <v>37</v>
       </c>
-      <c r="B46" s="38"/>
-[...2 lines deleted...]
-      <c r="E46" s="38"/>
+    </row>
+    <row r="39" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A39" s="30" t="s">
+        <v>72</v>
+      </c>
+      <c r="B39" s="28">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="40" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A40" s="29" t="s">
+        <v>73</v>
+      </c>
+      <c r="B40" s="27">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="41" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A41" s="30" t="s">
+        <v>74</v>
+      </c>
+      <c r="B41" s="28">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="42" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A42" s="29" t="s">
+        <v>75</v>
+      </c>
+      <c r="B42" s="27">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="43" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A43" s="30" t="s">
+        <v>76</v>
+      </c>
+      <c r="B43" s="28">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="44" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A44" s="29" t="s">
+        <v>77</v>
+      </c>
+      <c r="B44" s="27">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="45" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A45" s="30" t="s">
+        <v>78</v>
+      </c>
+      <c r="B45" s="28">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="46" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A46" s="29" t="s">
+        <v>79</v>
+      </c>
+      <c r="B46" s="27">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="47" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A47" s="30" t="s">
+        <v>80</v>
+      </c>
+      <c r="B47" s="28">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="48" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A48" s="29" t="s">
+        <v>81</v>
+      </c>
+      <c r="B48" s="27">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="49" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A49" s="30" t="s">
+        <v>82</v>
+      </c>
+      <c r="B49" s="28">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="50" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A50" s="29" t="s">
+        <v>83</v>
+      </c>
+      <c r="B50" s="27">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="51" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A51" s="30" t="s">
+        <v>84</v>
+      </c>
+      <c r="B51" s="28">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="52" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A52" s="29" t="s">
+        <v>85</v>
+      </c>
+      <c r="B52" s="27">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="53" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A53" s="30" t="s">
+        <v>86</v>
+      </c>
+      <c r="B53" s="28">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="54" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A54" s="29" t="s">
+        <v>87</v>
+      </c>
+      <c r="B54" s="27">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="55" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A55" s="30" t="s">
+        <v>88</v>
+      </c>
+      <c r="B55" s="28">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="56" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A56" s="29" t="s">
+        <v>89</v>
+      </c>
+      <c r="B56" s="27">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="57" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A57" s="30" t="s">
+        <v>90</v>
+      </c>
+      <c r="B57" s="28">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="58" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A58" s="29" t="s">
+        <v>91</v>
+      </c>
+      <c r="B58" s="27">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="59" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A59" s="30" t="s">
+        <v>92</v>
+      </c>
+      <c r="B59" s="28">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="60" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A60" s="29" t="s">
+        <v>93</v>
+      </c>
+      <c r="B60" s="27">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="61" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A61" s="30" t="s">
+        <v>94</v>
+      </c>
+      <c r="B61" s="28">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="62" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A62" s="29" t="s">
+        <v>95</v>
+      </c>
+      <c r="B62" s="27">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="63" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A63" s="30" t="s">
+        <v>96</v>
+      </c>
+      <c r="B63" s="28">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="64" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A64" s="29" t="s">
+        <v>97</v>
+      </c>
+      <c r="B64" s="27">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="65" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A65" s="30" t="s">
+        <v>98</v>
+      </c>
+      <c r="B65" s="28">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="66" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A66" s="29" t="s">
+        <v>99</v>
+      </c>
+      <c r="B66" s="27">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="67" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A67" s="30" t="s">
+        <v>100</v>
+      </c>
+      <c r="B67" s="28">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="68" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A68" s="29" t="s">
+        <v>101</v>
+      </c>
+      <c r="B68" s="27">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="69" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A69" s="30" t="s">
+        <v>102</v>
+      </c>
+      <c r="B69" s="28">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="70" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A70" s="29" t="s">
+        <v>103</v>
+      </c>
+      <c r="B70" s="27">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="71" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A71" s="30" t="s">
+        <v>104</v>
+      </c>
+      <c r="B71" s="28">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="72" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A72" s="29" t="s">
+        <v>105</v>
+      </c>
+      <c r="B72" s="27">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="73" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A73" s="30" t="s">
+        <v>106</v>
+      </c>
+      <c r="B73" s="28">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="74" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A74" s="29" t="s">
+        <v>107</v>
+      </c>
+      <c r="B74" s="27">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="75" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A75" s="30" t="s">
+        <v>108</v>
+      </c>
+      <c r="B75" s="28">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="76" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A76" s="29" t="s">
+        <v>109</v>
+      </c>
+      <c r="B76" s="27">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="77" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A77" s="30" t="s">
+        <v>110</v>
+      </c>
+      <c r="B77" s="28">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="78" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A78" s="29" t="s">
+        <v>111</v>
+      </c>
+      <c r="B78" s="27">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="79" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A79" s="30" t="s">
+        <v>112</v>
+      </c>
+      <c r="B79" s="28">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="80" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A80" s="29" t="s">
+        <v>113</v>
+      </c>
+      <c r="B80" s="27">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="81" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A81" s="30" t="s">
+        <v>114</v>
+      </c>
+      <c r="B81" s="28">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="82" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A82" s="29" t="s">
+        <v>115</v>
+      </c>
+      <c r="B82" s="27">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="83" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A83" s="30" t="s">
+        <v>116</v>
+      </c>
+      <c r="B83" s="28">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="84" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A84" s="29" t="s">
+        <v>117</v>
+      </c>
+      <c r="B84" s="27">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="85" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A85" s="30" t="s">
+        <v>118</v>
+      </c>
+      <c r="B85" s="28">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="86" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A86" s="29" t="s">
+        <v>119</v>
+      </c>
+      <c r="B86" s="27">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="87" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A87" s="30" t="s">
+        <v>120</v>
+      </c>
+      <c r="B87" s="28">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="88" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A88" s="29" t="s">
+        <v>121</v>
+      </c>
+      <c r="B88" s="27">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="89" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A89" s="30" t="s">
+        <v>122</v>
+      </c>
+      <c r="B89" s="28">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="90" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A90" s="29" t="s">
+        <v>123</v>
+      </c>
+      <c r="B90" s="27">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="91" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A91" s="30" t="s">
+        <v>124</v>
+      </c>
+      <c r="B91" s="28">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="92" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A92" s="29" t="s">
+        <v>125</v>
+      </c>
+      <c r="B92" s="27">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="93" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A93" s="30" t="s">
+        <v>126</v>
+      </c>
+      <c r="B93" s="28">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="94" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A94" s="29" t="s">
+        <v>127</v>
+      </c>
+      <c r="B94" s="27">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="95" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A95" s="30" t="s">
+        <v>128</v>
+      </c>
+      <c r="B95" s="28">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="96" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A96" s="29" t="s">
+        <v>129</v>
+      </c>
+      <c r="B96" s="27">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="97" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A97" s="30" t="s">
+        <v>130</v>
+      </c>
+      <c r="B97" s="28">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="98" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A98" s="29" t="s">
+        <v>131</v>
+      </c>
+      <c r="B98" s="27">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="99" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A99" s="30" t="s">
+        <v>132</v>
+      </c>
+      <c r="B99" s="28">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="100" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A100" s="29" t="s">
+        <v>133</v>
+      </c>
+      <c r="B100" s="27">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="101" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A101" s="30" t="s">
+        <v>134</v>
+      </c>
+      <c r="B101" s="28">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="102" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A102" s="29" t="s">
+        <v>135</v>
+      </c>
+      <c r="B102" s="27">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="103" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A103" s="30" t="s">
+        <v>136</v>
+      </c>
+      <c r="B103" s="28">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="104" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A104" s="29" t="s">
+        <v>137</v>
+      </c>
+      <c r="B104" s="27">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="105" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A105" s="30" t="s">
+        <v>138</v>
+      </c>
+      <c r="B105" s="28">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="106" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A106" s="29" t="s">
+        <v>139</v>
+      </c>
+      <c r="B106" s="27">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="107" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A107" s="30" t="s">
+        <v>140</v>
+      </c>
+      <c r="B107" s="28">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="108" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A108" s="29" t="s">
+        <v>141</v>
+      </c>
+      <c r="B108" s="27">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="109" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A109" s="30" t="s">
+        <v>142</v>
+      </c>
+      <c r="B109" s="28">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="110" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A110" s="29" t="s">
+        <v>143</v>
+      </c>
+      <c r="B110" s="27">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="111" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A111" s="30" t="s">
+        <v>144</v>
+      </c>
+      <c r="B111" s="28">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="112" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A112" s="29" t="s">
+        <v>145</v>
+      </c>
+      <c r="B112" s="27">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="113" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A113" s="30" t="s">
+        <v>146</v>
+      </c>
+      <c r="B113" s="28">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="114" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A114" s="29" t="s">
+        <v>147</v>
+      </c>
+      <c r="B114" s="27">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="115" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A115" s="30" t="s">
+        <v>148</v>
+      </c>
+      <c r="B115" s="28">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="116" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A116" s="29" t="s">
+        <v>149</v>
+      </c>
+      <c r="B116" s="27">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="117" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A117" s="30" t="s">
+        <v>150</v>
+      </c>
+      <c r="B117" s="28">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="118" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A118" s="29" t="s">
+        <v>151</v>
+      </c>
+      <c r="B118" s="27">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="119" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A119" s="30" t="s">
+        <v>152</v>
+      </c>
+      <c r="B119" s="28">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="120" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A120" s="29" t="s">
+        <v>153</v>
+      </c>
+      <c r="B120" s="27">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="121" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A121" s="30" t="s">
+        <v>154</v>
+      </c>
+      <c r="B121" s="28">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="122" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A122" s="29" t="s">
+        <v>155</v>
+      </c>
+      <c r="B122" s="27">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="123" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A123" s="30" t="s">
+        <v>156</v>
+      </c>
+      <c r="B123" s="28">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="124" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A124" s="29" t="s">
+        <v>157</v>
+      </c>
+      <c r="B124" s="27">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="125" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A125" s="30" t="s">
+        <v>158</v>
+      </c>
+      <c r="B125" s="28">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="126" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A126" s="29" t="s">
+        <v>159</v>
+      </c>
+      <c r="B126" s="27">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="127" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A127" s="30" t="s">
+        <v>160</v>
+      </c>
+      <c r="B127" s="28">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="128" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A128" s="29" t="s">
+        <v>161</v>
+      </c>
+      <c r="B128" s="27">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="129" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A129" s="30" t="s">
+        <v>162</v>
+      </c>
+      <c r="B129" s="28">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="130" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A130" s="29" t="s">
+        <v>163</v>
+      </c>
+      <c r="B130" s="27">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="131" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A131" s="30" t="s">
+        <v>164</v>
+      </c>
+      <c r="B131" s="28">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="132" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A132" s="29" t="s">
+        <v>165</v>
+      </c>
+      <c r="B132" s="27">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="133" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A133" s="30" t="s">
+        <v>166</v>
+      </c>
+      <c r="B133" s="28">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="134" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A134" s="29" t="s">
+        <v>167</v>
+      </c>
+      <c r="B134" s="27">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="135" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A135" s="30" t="s">
+        <v>168</v>
+      </c>
+      <c r="B135" s="28">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="136" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A136" s="29" t="s">
+        <v>169</v>
+      </c>
+      <c r="B136" s="27">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="137" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A137" s="30" t="s">
+        <v>170</v>
+      </c>
+      <c r="B137" s="28">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="138" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A138" s="29" t="s">
+        <v>171</v>
+      </c>
+      <c r="B138" s="27">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="139" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A139" s="30" t="s">
+        <v>172</v>
+      </c>
+      <c r="B139" s="28">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="140" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A140" s="29" t="s">
+        <v>173</v>
+      </c>
+      <c r="B140" s="27">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="141" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A141" s="30" t="s">
+        <v>174</v>
+      </c>
+      <c r="B141" s="28">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="142" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A142" s="29" t="s">
+        <v>175</v>
+      </c>
+      <c r="B142" s="27">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="143" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A143" s="30" t="s">
+        <v>176</v>
+      </c>
+      <c r="B143" s="28">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="144" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A144" s="29" t="s">
+        <v>177</v>
+      </c>
+      <c r="B144" s="27">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="145" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A145" s="30" t="s">
+        <v>178</v>
+      </c>
+      <c r="B145" s="28">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="146" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A146" s="29" t="s">
+        <v>179</v>
+      </c>
+      <c r="B146" s="27">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="147" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A147" s="30" t="s">
+        <v>180</v>
+      </c>
+      <c r="B147" s="28">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="148" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A148" s="29" t="s">
+        <v>181</v>
+      </c>
+      <c r="B148" s="27">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="149" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A149" s="30" t="s">
+        <v>182</v>
+      </c>
+      <c r="B149" s="28">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="150" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A150" s="29" t="s">
+        <v>183</v>
+      </c>
+      <c r="B150" s="27">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="151" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A151" s="30" t="s">
+        <v>184</v>
+      </c>
+      <c r="B151" s="28">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="152" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A152" s="29" t="s">
+        <v>185</v>
+      </c>
+      <c r="B152" s="27">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="153" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A153" s="30" t="s">
+        <v>186</v>
+      </c>
+      <c r="B153" s="28">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="154" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A154" s="29" t="s">
+        <v>187</v>
+      </c>
+      <c r="B154" s="27">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="155" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A155" s="30" t="s">
+        <v>188</v>
+      </c>
+      <c r="B155" s="28">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="156" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A156" s="29" t="s">
+        <v>189</v>
+      </c>
+      <c r="B156" s="27">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="157" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A157" s="30" t="s">
+        <v>190</v>
+      </c>
+      <c r="B157" s="28">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="158" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A158" s="29" t="s">
+        <v>191</v>
+      </c>
+      <c r="B158" s="27">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="159" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A159" s="30" t="s">
+        <v>192</v>
+      </c>
+      <c r="B159" s="28">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="160" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A160" s="29" t="s">
+        <v>193</v>
+      </c>
+      <c r="B160" s="27">
+        <v>159</v>
+      </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="G8oHZekamBGTulzu37CjrN5fPg6Ad7//EXQ5WmtoZ4qa5xCRbPaBxEAS7OcDiXXqWRBBHIiKvFKPJwlVAjWPOg==" saltValue="V2j5aHziKzURlmYtAYSC4w==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
-[...63 lines deleted...]
-  </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Sheet1</vt:lpstr>
+    <vt:vector size="3" baseType="lpstr">
+      <vt:lpstr>POAB-OG</vt:lpstr>
+      <vt:lpstr>REF</vt:lpstr>
+      <vt:lpstr>'POAB-OG'!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Yvonne Harwell</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>